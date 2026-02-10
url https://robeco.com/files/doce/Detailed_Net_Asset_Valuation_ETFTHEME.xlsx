--- v0 (2026-02-07)
+++ v1 (2026-02-10)
@@ -10,74 +10,86 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="9302"/>
   <workbookPr/>
   <bookViews>
     <workbookView xWindow="240" yWindow="120" windowWidth="14940" windowHeight="9225" activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Detailed Net Asset Valuation - " sheetId="2" r:id="rId3"/>
   </sheets>
   <definedNames/>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="442" uniqueCount="339">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="446" uniqueCount="343">
   <si>
     <t>Portfolio Holdings-Robeco Dynamic Theme Machine UCITS ETF 76200157100: Detailed Net Asset Valuation - THEME ETF V3 xlsx</t>
   </si>
   <si>
-    <t>As Of Date: 05-Feb-2026</t>
+    <t>As Of Date: 06-Feb-2026</t>
   </si>
   <si>
     <t>Multi View: FUND ACCOUNTING VIEW</t>
   </si>
   <si>
     <t>Security ISIN</t>
   </si>
   <si>
     <t>Security Number</t>
   </si>
   <si>
     <t>Security Description</t>
   </si>
   <si>
     <t>Asset Classification</t>
   </si>
   <si>
     <t>Weight In Percentage</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>CCTUSD_00005047</t>
+  </si>
+  <si>
+    <t>FX BUY USD 246047.69 SELL JPY 38666887</t>
+  </si>
+  <si>
+    <t>DERIVATIVES-FORWARD CONTRACTS</t>
   </si>
   <si>
     <t>US2267181046</t>
   </si>
   <si>
     <t>226718104</t>
   </si>
   <si>
     <t>CRITEO SA ADR USD 0.025</t>
   </si>
   <si>
     <t>EQUITIES-AMERICAN DEPOSITORY RECEIPT</t>
   </si>
   <si>
     <t>AT0000652011</t>
   </si>
   <si>
     <t>5289837</t>
   </si>
   <si>
     <t>ERSTE GROUP BANK AG</t>
   </si>
   <si>
     <t>EQUITIES-COMMON STOCK</t>
   </si>
@@ -2455,52 +2467,52 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{94051b0f-776e-45fe-9b7c-0e003c5e4076}">
-  <dimension ref="A1:E124"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{68fb09c6-02ed-4a04-81ef-3b5585cf1ee4}">
+  <dimension ref="A1:E125"/>
   <sheetViews>
     <sheetView workbookViewId="0" topLeftCell="A1"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="2" width="19"/>
     <col min="3" max="3" width="20"/>
     <col min="4" max="4" width="22.714285714285715"/>
     <col min="5" max="11" width="19"/>
     <col min="12" max="12" width="66.71428571428571"/>
     <col min="13" max="13" width="51.857142857142854"/>
     <col min="14" max="14" width="46.142857142857146"/>
     <col min="15" max="15" width="24"/>
     <col min="16" max="16" width="26.714285714285715"/>
     <col min="17" max="17" width="21.285714285714285"/>
     <col min="18" max="18" width="19.428571428571427"/>
     <col min="19" max="19" width="19"/>
     <col min="20" max="20" width="36"/>
     <col min="21" max="23" width="19"/>
     <col min="24" max="24" width="36"/>
     <col min="25" max="26" width="19"/>
     <col min="27" max="27" width="28"/>
     <col min="28" max="28" width="19"/>
     <col min="29" max="29" width="25.285714285714285"/>
     <col min="30" max="30" width="32"/>
@@ -2533,1889 +2545,1906 @@
       </c>
       <c r="C5" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>6</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="12.75">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" s="98">
-        <v>0.001260287948743</v>
+        <v>-1.4611114793E-5</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="12.75">
       <c r="A7" t="s">
         <v>12</v>
       </c>
       <c r="B7" t="s">
         <v>13</v>
       </c>
       <c r="C7" t="s">
         <v>14</v>
       </c>
       <c r="D7" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="98">
-        <v>0.011033979133844</v>
+        <v>0.00126625354527</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="12.75">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E8" s="98">
-        <v>0.007811078796161</v>
+        <v>0.011061941440025</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="12.75">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E9" s="98">
-        <v>0.006553802317327</v>
+        <v>0.007311571634698</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="12.75">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E10" s="98">
-        <v>0.007241950937551</v>
+        <v>0.00638145652462</v>
       </c>
     </row>
     <row r="11" spans="1:5" ht="12.75">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E11" s="98">
-        <v>0.004774261106653</v>
+        <v>0.007256713075343</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="12.75">
       <c r="A12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E12" s="98">
-        <v>0.003937337564977</v>
+        <v>0.004897144894492</v>
       </c>
     </row>
     <row r="13" spans="1:5" ht="12.75">
       <c r="A13" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E13" s="98">
-        <v>0.015416442202443</v>
+        <v>0.004288985505998</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="12.75">
       <c r="A14" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E14" s="98">
-        <v>8.43196988099E-4</v>
+        <v>0.015373750128919</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="12.75">
       <c r="A15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E15" s="98">
-        <v>0</v>
+        <v>8.28202670643E-4</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="12.75">
       <c r="A16" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B16" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E16" s="98">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="12.75">
       <c r="A17" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B17" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D17" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E17" s="98">
-        <v>0.008271939602647</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="12.75">
       <c r="A18" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B18" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C18" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D18" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E18" s="98">
-        <v>0</v>
+        <v>0.008075871024043</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="12.75">
       <c r="A19" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B19" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C19" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D19" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E19" s="98">
-        <v>0.010329931271623</v>
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="12.75">
       <c r="A20" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B20" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C20" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D20" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E20" s="98">
-        <v>0.001319782316153</v>
+        <v>0.010388269286425</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="12.75">
       <c r="A21" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B21" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C21" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D21" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E21" s="98">
-        <v>0.005399877253412</v>
+        <v>0.00131144359794</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="12.75">
       <c r="A22" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B22" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C22" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D22" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E22" s="98">
-        <v>0.008008480537721</v>
+        <v>0.005525389273534</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="12.75">
       <c r="A23" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B23" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C23" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D23" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E23" s="98">
-        <v>0.006659765659975</v>
+        <v>0.008034686177473</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="12.75">
       <c r="A24" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B24" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C24" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D24" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E24" s="98">
-        <v>0.007600621855313</v>
+        <v>0.006853685095248</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="12.75">
       <c r="A25" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B25" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C25" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D25" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E25" s="98">
-        <v>0.011034428460248</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="12.75">
       <c r="A26" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B26" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C26" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D26" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E26" s="98">
-        <v>0.010289288636083</v>
+        <v>0.01142944034732</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="12.75">
       <c r="A27" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B27" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C27" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D27" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E27" s="98">
-        <v>0.004027136572563</v>
+        <v>0.010037971972537</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="12.75">
       <c r="A28" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B28" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C28" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D28" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E28" s="98">
-        <v>0.001377352222062</v>
+        <v>0.004003935950627</v>
       </c>
     </row>
     <row r="29" spans="1:5" ht="12.75">
       <c r="A29" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B29" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C29" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D29" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E29" s="98">
-        <v>0.00347365998612</v>
+        <v>0.001425878461178</v>
       </c>
     </row>
     <row r="30" spans="1:5" ht="12.75">
       <c r="A30" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B30" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C30" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D30" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E30" s="98">
-        <v>0.005539706869385</v>
+        <v>0.003401094256491</v>
       </c>
     </row>
     <row r="31" spans="1:5" ht="12.75">
       <c r="A31" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B31" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C31" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D31" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E31" s="98">
-        <v>0.006766587701214</v>
+        <v>0.005686126589884</v>
       </c>
     </row>
     <row r="32" spans="1:5" ht="12.75">
       <c r="A32" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B32" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C32" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D32" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E32" s="98">
-        <v>0.007675776056509</v>
+        <v>0.006852203880902</v>
       </c>
     </row>
     <row r="33" spans="1:5" ht="12.75">
       <c r="A33" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B33" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C33" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D33" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E33" s="98">
-        <v>0.004814617086534</v>
+        <v>0.0073843590659</v>
       </c>
     </row>
     <row r="34" spans="1:5" ht="12.75">
       <c r="A34" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B34" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C34" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D34" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E34" s="98">
-        <v>0.019000586065593</v>
+        <v>0.004805572416308</v>
       </c>
     </row>
     <row r="35" spans="1:5" ht="12.75">
       <c r="A35" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B35" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C35" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D35" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E35" s="98">
-        <v>0.010575675080214</v>
+        <v>0.019559282080239</v>
       </c>
     </row>
     <row r="36" spans="1:5" ht="12.75">
       <c r="A36" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B36" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C36" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D36" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E36" s="98">
-        <v>0.008466836595254</v>
+        <v>0.010184875944913</v>
       </c>
     </row>
     <row r="37" spans="1:5" ht="12.75">
       <c r="A37" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B37" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C37" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D37" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E37" s="98">
-        <v>0.009677837528</v>
+        <v>0.008527441938995</v>
       </c>
     </row>
     <row r="38" spans="1:5" ht="12.75">
       <c r="A38" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B38" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C38" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D38" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E38" s="98">
-        <v>0</v>
+        <v>0.00961970658397</v>
       </c>
     </row>
     <row r="39" spans="1:5" ht="12.75">
       <c r="A39" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B39" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C39" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D39" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E39" s="98">
-        <v>0.003375813374573</v>
+        <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:5" ht="12.75">
       <c r="A40" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B40" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C40" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D40" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E40" s="98">
-        <v>0.009264110014901</v>
+        <v>0.003281645907643</v>
       </c>
     </row>
     <row r="41" spans="1:5" ht="12.75">
       <c r="A41" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B41" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C41" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D41" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E41" s="98">
-        <v>0.003379184749541</v>
+        <v>0.00914547211731</v>
       </c>
     </row>
     <row r="42" spans="1:5" ht="12.75">
       <c r="A42" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B42" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C42" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D42" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E42" s="98">
-        <v>0.016557017801084</v>
+        <v>0.00340088789633</v>
       </c>
     </row>
     <row r="43" spans="1:5" ht="12.75">
       <c r="A43" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B43" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C43" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D43" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E43" s="98">
-        <v>0.009985919746711</v>
+        <v>0.016705046954249</v>
       </c>
     </row>
     <row r="44" spans="1:5" ht="12.75">
       <c r="A44" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B44" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C44" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D44" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E44" s="98">
-        <v>0.001310002094356</v>
+        <v>0.009839309547479</v>
       </c>
     </row>
     <row r="45" spans="1:5" ht="12.75">
       <c r="A45" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B45" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C45" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D45" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E45" s="98">
-        <v>0.004586156014013</v>
+        <v>0.001312598023095</v>
       </c>
     </row>
     <row r="46" spans="1:5" ht="12.75">
       <c r="A46" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B46" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C46" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D46" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E46" s="98">
-        <v>0.007709583666895</v>
+        <v>0.004710697548316</v>
       </c>
     </row>
     <row r="47" spans="1:5" ht="12.75">
       <c r="A47" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B47" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C47" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D47" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E47" s="98">
-        <v>0.052298604816908</v>
+        <v>0.007554081516912</v>
       </c>
     </row>
     <row r="48" spans="1:5" ht="12.75">
       <c r="A48" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B48" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C48" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D48" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E48" s="98">
-        <v>0.037037212884922</v>
+        <v>0.05041460081786</v>
       </c>
     </row>
     <row r="49" spans="1:5" ht="12.75">
       <c r="A49" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B49" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C49" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D49" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E49" s="98">
-        <v>0.002395162143891</v>
+        <v>0.03459601125498</v>
       </c>
     </row>
     <row r="50" spans="1:5" ht="12.75">
       <c r="A50" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B50" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C50" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D50" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E50" s="98">
-        <v>0.009878414044408</v>
+        <v>0.002399139152971</v>
       </c>
     </row>
     <row r="51" spans="1:5" ht="12.75">
       <c r="A51" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B51" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C51" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D51" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E51" s="98">
-        <v>0.062389279132623</v>
+        <v>0.01020883912657</v>
       </c>
     </row>
     <row r="52" spans="1:5" ht="12.75">
       <c r="A52" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B52" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C52" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D52" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E52" s="98">
-        <v>0.012774751434964</v>
+        <v>0.062198888124742</v>
       </c>
     </row>
     <row r="53" spans="1:5" ht="12.75">
       <c r="A53" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B53" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C53" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D53" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E53" s="98">
-        <v>0.001434273981767</v>
+        <v>0.013500633375314</v>
       </c>
     </row>
     <row r="54" spans="1:5" ht="12.75">
       <c r="A54" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B54" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C54" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D54" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E54" s="98">
-        <v>0.003832862675499</v>
+        <v>0.001432478222918</v>
       </c>
     </row>
     <row r="55" spans="1:5" ht="12.75">
       <c r="A55" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B55" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C55" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D55" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E55" s="98">
-        <v>0.014349115052218</v>
+        <v>0.003943777573099</v>
       </c>
     </row>
     <row r="56" spans="1:5" ht="12.75">
       <c r="A56" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B56" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C56" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D56" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E56" s="98">
-        <v>0.00541850543192</v>
+        <v>0.014640331377261</v>
       </c>
     </row>
     <row r="57" spans="1:5" ht="12.75">
       <c r="A57" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B57" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C57" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D57" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E57" s="98">
-        <v>0.006370035428312</v>
+        <v>0.005450940925293</v>
       </c>
     </row>
     <row r="58" spans="1:5" ht="12.75">
       <c r="A58" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B58" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C58" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D58" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E58" s="98">
-        <v>0.009269207348668</v>
+        <v>0.006534073662725</v>
       </c>
     </row>
     <row r="59" spans="1:5" ht="12.75">
       <c r="A59" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B59" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C59" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D59" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E59" s="98">
-        <v>0.011452507495045</v>
+        <v>0.009005725204556</v>
       </c>
     </row>
     <row r="60" spans="1:5" ht="12.75">
       <c r="A60" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B60" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C60" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D60" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E60" s="98">
-        <v>0.025393292975857</v>
+        <v>0.01179688029457</v>
       </c>
     </row>
     <row r="61" spans="1:5" ht="12.75">
       <c r="A61" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B61" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C61" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D61" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E61" s="98">
-        <v>0.008030721719086</v>
+        <v>0.026927199760983</v>
       </c>
     </row>
     <row r="62" spans="1:5" ht="12.75">
       <c r="A62" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B62" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C62" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D62" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E62" s="98">
-        <v>0.001345908569575</v>
+        <v>0.007887198249749</v>
       </c>
     </row>
     <row r="63" spans="1:5" ht="12.75">
       <c r="A63" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B63" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C63" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D63" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E63" s="98">
-        <v>0.00296700023029</v>
+        <v>0.00139763032682</v>
       </c>
     </row>
     <row r="64" spans="1:5" ht="12.75">
       <c r="A64" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B64" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C64" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D64" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E64" s="98">
-        <v>0.006108476725518</v>
+        <v>0.002951982100902</v>
       </c>
     </row>
     <row r="65" spans="1:5" ht="12.75">
       <c r="A65" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B65" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C65" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D65" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E65" s="98">
-        <v>0.005000203160857</v>
+        <v>0.006157012564998</v>
       </c>
     </row>
     <row r="66" spans="1:5" ht="12.75">
       <c r="A66" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B66" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C66" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D66" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E66" s="98">
-        <v>0.002335013288338</v>
+        <v>0.005058646496118</v>
       </c>
     </row>
     <row r="67" spans="1:5" ht="12.75">
       <c r="A67" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B67" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C67" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D67" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E67" s="98">
-        <v>0.007136422651943</v>
+        <v>0.001921950098051</v>
       </c>
     </row>
     <row r="68" spans="1:5" ht="12.75">
       <c r="A68" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B68" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C68" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D68" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E68" s="98">
-        <v>0.018340610559723</v>
+        <v>0.007227468265314</v>
       </c>
     </row>
     <row r="69" spans="1:5" ht="12.75">
       <c r="A69" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B69" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D69" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E69" s="98">
-        <v>0.007430388664911</v>
+        <v>0.017902527369318</v>
       </c>
     </row>
     <row r="70" spans="1:5" ht="12.75">
       <c r="A70" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B70" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C70" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D70" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E70" s="98">
-        <v>0.008324467032564</v>
+        <v>0.007494087788448</v>
       </c>
     </row>
     <row r="71" spans="1:5" ht="12.75">
       <c r="A71" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B71" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C71" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D71" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E71" s="98">
-        <v>0.00748119520958</v>
+        <v>0.008632621329487</v>
       </c>
     </row>
     <row r="72" spans="1:5" ht="12.75">
       <c r="A72" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B72" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C72" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D72" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E72" s="98">
-        <v>0.015543839714672</v>
+        <v>0.007271141664887</v>
       </c>
     </row>
     <row r="73" spans="1:5" ht="12.75">
       <c r="A73" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B73" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C73" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D73" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E73" s="98">
-        <v>0.015985611283659</v>
+        <v>0.016107382767552</v>
       </c>
     </row>
     <row r="74" spans="1:5" ht="12.75">
       <c r="A74" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B74" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C74" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D74" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E74" s="98">
-        <v>0.003603584444091</v>
+        <v>0.0161414886452</v>
       </c>
     </row>
     <row r="75" spans="1:5" ht="12.75">
       <c r="A75" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B75" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C75" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D75" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E75" s="98">
-        <v>0.00933556940222</v>
+        <v>0.003626274275836</v>
       </c>
     </row>
     <row r="76" spans="1:5" ht="12.75">
       <c r="A76" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B76" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C76" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D76" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E76" s="98">
-        <v>0.003772403699111</v>
+        <v>0.009738987461198</v>
       </c>
     </row>
     <row r="77" spans="1:5" ht="12.75">
       <c r="A77" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B77" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C77" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D77" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E77" s="98">
-        <v>0.009147036228673</v>
+        <v>0.004004832268772</v>
       </c>
     </row>
     <row r="78" spans="1:5" ht="12.75">
       <c r="A78" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B78" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C78" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D78" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E78" s="98">
-        <v>0.007612557068108</v>
+        <v>0.009729125139043</v>
       </c>
     </row>
     <row r="79" spans="1:5" ht="12.75">
       <c r="A79" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B79" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C79" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D79" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E79" s="98">
-        <v>0.01057277396005</v>
+        <v>0.007682401157355</v>
       </c>
     </row>
     <row r="80" spans="1:5" ht="12.75">
       <c r="A80" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B80" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C80" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D80" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E80" s="98">
-        <v>0.023879573202524</v>
+        <v>0.0107164587784</v>
       </c>
     </row>
     <row r="81" spans="1:5" ht="12.75">
       <c r="A81" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B81" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C81" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D81" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E81" s="98">
-        <v>0.01545572956554</v>
+        <v>0.024549558130725</v>
       </c>
     </row>
     <row r="82" spans="1:5" ht="12.75">
       <c r="A82" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B82" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C82" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D82" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E82" s="98">
-        <v>0.012009465489104</v>
+        <v>0.016554533560762</v>
       </c>
     </row>
     <row r="83" spans="1:5" ht="12.75">
       <c r="A83" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B83" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C83" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D83" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E83" s="98">
-        <v>0.010065373148604</v>
+        <v>0.012312136526821</v>
       </c>
     </row>
     <row r="84" spans="1:5" ht="12.75">
       <c r="A84" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B84" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C84" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D84" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E84" s="98">
-        <v>0.043216687304574</v>
+        <v>0.009638819674612</v>
       </c>
     </row>
     <row r="85" spans="1:5" ht="12.75">
       <c r="A85" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B85" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C85" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D85" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E85" s="98">
-        <v>0.0023294736043</v>
+        <v>0.043553493656401</v>
       </c>
     </row>
     <row r="86" spans="1:5" ht="12.75">
       <c r="A86" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B86" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C86" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D86" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E86" s="98">
-        <v>0.008717054324972</v>
+        <v>0.002429867372666</v>
       </c>
     </row>
     <row r="87" spans="1:5" ht="12.75">
       <c r="A87" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B87" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C87" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D87" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E87" s="98">
-        <v>0.003635245625097</v>
+        <v>0.00872535356432</v>
       </c>
     </row>
     <row r="88" spans="1:5" ht="12.75">
       <c r="A88" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B88" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C88" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D88" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E88" s="98">
-        <v>0.007422200269895</v>
+        <v>0.003675043955977</v>
       </c>
     </row>
     <row r="89" spans="1:5" ht="12.75">
       <c r="A89" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B89" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C89" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D89" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E89" s="98">
-        <v>0.009923630803718</v>
+        <v>0.007514784019048</v>
       </c>
     </row>
     <row r="90" spans="1:5" ht="12.75">
       <c r="A90" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B90" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C90" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D90" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E90" s="98">
-        <v>0.062432759151837</v>
+        <v>0.010125519173116</v>
       </c>
     </row>
     <row r="91" spans="1:5" ht="12.75">
       <c r="A91" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B91" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C91" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D91" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E91" s="98">
-        <v>6.69813439315E-4</v>
+        <v>0.066608278825866</v>
       </c>
     </row>
     <row r="92" spans="1:5" ht="12.75">
       <c r="A92" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B92" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C92" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D92" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E92" s="98">
-        <v>0.00477745902958</v>
+        <v>7.43643615372E-4</v>
       </c>
     </row>
     <row r="93" spans="1:5" ht="12.75">
       <c r="A93" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B93" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C93" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D93" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E93" s="98">
-        <v>0.009501125412339</v>
+        <v>0.004786612370891</v>
       </c>
     </row>
     <row r="94" spans="1:5" ht="12.75">
       <c r="A94" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B94" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C94" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D94" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E94" s="98">
-        <v>0.008920673386792</v>
+        <v>0.009655818357649</v>
       </c>
     </row>
     <row r="95" spans="1:5" ht="12.75">
       <c r="A95" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B95" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C95" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D95" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E95" s="98">
-        <v>0.013443211504418</v>
+        <v>0.008890101104646</v>
       </c>
     </row>
     <row r="96" spans="1:5" ht="12.75">
       <c r="A96" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="B96" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C96" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D96" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E96" s="98">
-        <v>0.006588161993535</v>
+        <v>0.01362312726143</v>
       </c>
     </row>
     <row r="97" spans="1:5" ht="12.75">
       <c r="A97" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B97" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C97" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D97" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E97" s="98">
-        <v>0.008537372913298</v>
+        <v>0.006627615343721</v>
       </c>
     </row>
     <row r="98" spans="1:5" ht="12.75">
       <c r="A98" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B98" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C98" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D98" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E98" s="98">
-        <v>0.006348173494921</v>
+        <v>0.008616422370478</v>
       </c>
     </row>
     <row r="99" spans="1:5" ht="12.75">
       <c r="A99" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B99" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C99" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D99" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E99" s="98">
-        <v>0.006118208431479</v>
+        <v>0.006480314331887</v>
       </c>
     </row>
     <row r="100" spans="1:5" ht="12.75">
       <c r="A100" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B100" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C100" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D100" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E100" s="98">
-        <v>0.010031970788144</v>
+        <v>0.005939635029607</v>
       </c>
     </row>
     <row r="101" spans="1:5" ht="12.75">
       <c r="A101" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B101" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C101" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D101" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E101" s="98">
-        <v>0.009351955070967</v>
+        <v>0.010202480850124</v>
       </c>
     </row>
     <row r="102" spans="1:5" ht="12.75">
       <c r="A102" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B102" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C102" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D102" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E102" s="98">
-        <v>0.00649747384605</v>
+        <v>0.009395589413539</v>
       </c>
     </row>
     <row r="103" spans="1:5" ht="12.75">
       <c r="A103" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="B103" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C103" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D103" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E103" s="98">
-        <v>0.008367885534965</v>
+        <v>0.006777977260068</v>
       </c>
     </row>
     <row r="104" spans="1:5" ht="12.75">
       <c r="A104" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B104" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C104" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D104" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E104" s="98">
-        <v>0.001261141573782</v>
+        <v>0.008387171912641</v>
       </c>
     </row>
     <row r="105" spans="1:5" ht="12.75">
       <c r="A105" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B105" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C105" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D105" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E105" s="98">
-        <v>0.006447789507552</v>
+        <v>0.001250061799458</v>
       </c>
     </row>
     <row r="106" spans="1:5" ht="12.75">
       <c r="A106" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B106" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C106" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D106" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E106" s="98">
-        <v>0.006070097845235</v>
+        <v>0.006370096680021</v>
       </c>
     </row>
     <row r="107" spans="1:5" ht="12.75">
       <c r="A107" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B107" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C107" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D107" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E107" s="98">
-        <v>0.005593031163984</v>
+        <v>0.005546952655874</v>
       </c>
     </row>
     <row r="108" spans="1:5" ht="12.75">
       <c r="A108" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="B108" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C108" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D108" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E108" s="98">
-        <v>0.00372384093259</v>
+        <v>0.005676601719906</v>
       </c>
     </row>
     <row r="109" spans="1:5" ht="12.75">
       <c r="A109" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B109" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C109" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D109" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E109" s="98">
-        <v>8.42337655315E-4</v>
+        <v>0.003741193677749</v>
       </c>
     </row>
     <row r="110" spans="1:5" ht="12.75">
       <c r="A110" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B110" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C110" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D110" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E110" s="98">
-        <v>0.008104063711108</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:1" ht="12.75">
+        <v>8.98218038833E-4</v>
+      </c>
+    </row>
+    <row r="111" spans="1:5" ht="12.75">
       <c r="A111" t="s">
-        <v>325</v>
+        <v>326</v>
+      </c>
+      <c r="B111" t="s">
+        <v>327</v>
+      </c>
+      <c r="C111" t="s">
+        <v>328</v>
+      </c>
+      <c r="D111" t="s">
+        <v>19</v>
+      </c>
+      <c r="E111" s="98">
+        <v>0.008295860364022</v>
       </c>
     </row>
     <row r="112" spans="1:1" ht="12.75">
       <c r="A112" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
     </row>
     <row r="113" spans="1:1" ht="12.75">
       <c r="A113" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
     </row>
     <row r="114" spans="1:1" ht="12.75">
       <c r="A114" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
     </row>
     <row r="115" spans="1:1" ht="12.75">
       <c r="A115" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
     </row>
     <row r="116" spans="1:1" ht="12.75">
       <c r="A116" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
     </row>
     <row r="117" spans="1:1" ht="12.75">
       <c r="A117" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
     </row>
     <row r="118" spans="1:1" ht="12.75">
       <c r="A118" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
     </row>
     <row r="119" spans="1:1" ht="12.75">
       <c r="A119" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
     </row>
     <row r="120" spans="1:1" ht="12.75">
       <c r="A120" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
     </row>
     <row r="121" spans="1:1" ht="12.75">
       <c r="A121" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
     </row>
     <row r="122" spans="1:1" ht="12.75">
       <c r="A122" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
     </row>
     <row r="123" spans="1:1" ht="12.75">
       <c r="A123" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
     </row>
     <row r="124" spans="1:1" ht="12.75">
       <c r="A124" t="s">
-        <v>338</v>
+        <v>341</v>
+      </c>
+    </row>
+    <row r="125" spans="1:1" ht="12.75">
+      <c r="A125" t="s">
+        <v>342</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="A3:F3"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application/>
   <AppVersion></AppVersion>
   <DocSecurity>0</DocSecurity>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>